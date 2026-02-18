--- v0 (2025-12-31)
+++ v1 (2026-02-18)
@@ -1,390 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\ECAPTeam\HRP\HRP Maintenance Week - October 2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\ECAPTeam\03 HRP\H8 Job Aids &amp; Tools\HRP Exception List\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3E6C479-26EE-42CA-8EAB-66F194A2F944}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9CD1BC0-74E6-4B3E-A630-5E32E5F21414}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5805" yWindow="390" windowWidth="31365" windowHeight="20040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRP Exception List" sheetId="1" r:id="rId1"/>
-    <sheet name="List w Pictures" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
+  <si>
+    <r>
+      <t xml:space="preserve">Disclaimer: This is a recommended list of items to exempt from repeated high risk property reviews after an initial HRP review is completed. This list does not account for safety, hazardous, or radioactive considerations. Before using an HRP exception, ensure your OPMO has agreed to the its use in your HRP program procedures. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>DO NOT TAKE LIBERTIES WITH THIS LIST - IF YOU HAVE TO STRETCH IT, IT DOESN'T FIT!</t>
+    </r>
+  </si>
   <si>
     <t>Maintenance and shop equipment, such as: air compressors, cables, chain, come-alongs, dollies, scales, straps, tie-downs, pressure washers, ladders, rope, pulleys, propane bottles, oxygen and acetylene cylinders, hydraulic cylinders, tool boxes, tarps, flood lights</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Audio/video/photography equipment such as projectors, coaxial cables, and binoculars (except mechanical rotating cameras, infrared and night vision, electronic streak and framing cameras and tubes, and radiation-hardened) - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">without encryption. </t>
     </r>
   </si>
   <si>
+    <t>Automotive parts (tires, wheels, filters, belts, brake pads,  etc.), automotive lifts, tire mounting equipment, jacks
+(excludes military vehicle parts)</t>
+  </si>
+  <si>
     <t>Bar code equipment, scanners, label makers, and supplies</t>
   </si>
   <si>
+    <t>Bicycles, golf carts, low speed vehicles such as Kubotas, Polaris mules, etc. (includes gas, electric, or hybrid)</t>
+  </si>
+  <si>
     <t>Boxes, bags, packing supplies</t>
   </si>
   <si>
     <t>Building supplies (lumber, sheet rock, etc.), paint supplies</t>
   </si>
   <si>
     <t xml:space="preserve">Clothing, cloth, uniforms. Does not include personal protective equipment, military and camouflage uniforms, or anything with DOE insignia. </t>
+  </si>
+  <si>
+    <t>Common laboratory scale glassware (test tubes, jars, pipette pump, beakers)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Computer accessories ( mouse, mouse pads, keyboards, speakers, headsets, display-only monitors, webcams, badge readers, etc.)- </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>without encryption</t>
     </r>
   </si>
   <si>
     <t>Custodial supplies and equipment, cleaning supplies, floor buffers, trash cans</t>
   </si>
   <si>
     <t>Dirt, asbestos samples</t>
   </si>
   <si>
+    <t>Drums and drum liners, dump truck liners, Type A casks (excludes Type B nuclear casks)</t>
+  </si>
+  <si>
     <t>Civilian power electrical equipment (cables, circuit breaker, conduit, etc.), power transformers, utility poles and pole line hardware (excludes military)</t>
   </si>
   <si>
+    <t>Engineering and drafting equipment/supplies (no actual drawings)</t>
+  </si>
+  <si>
     <t>Fencing (wire, wood, plastic, chain link, etc.)</t>
   </si>
   <si>
     <t>Flammable &amp; hazardous storage cabinets</t>
   </si>
   <si>
     <t>Fuel tanks (gas and diesel)</t>
   </si>
   <si>
     <t>Office furniture, lamps, lighting fixtures</t>
   </si>
   <si>
     <t>Hand tools or power tools (off-the-shelf models, nothing specially made or modified)</t>
   </si>
   <si>
     <t>Heating and air conditioning equipment (office use), air filters for air conditioning and heating, HEPA filters (excludes nuclear-grade filters), thermostats</t>
-  </si>
-[...1 lines deleted...]
-    <t>Heavy equipment, cranes, excavators, bobcats, backhoes, attachments, etc. (domestic activity only)</t>
   </si>
   <si>
     <t>Hoisting equipment, shackles, man baskets, harnesses, lifting fixtures, etc.</t>
   </si>
   <si>
     <t>Hose (rubber, plastic)</t>
   </si>
   <si>
     <t>Lawn equipment, tractors, and supplies</t>
   </si>
   <si>
     <t>Medical supplies (except for special isotopes)</t>
   </si>
   <si>
     <t>Kitchen equipment (microwave ovens, refrigerators, ranges, coffee pots, ice machines, water fountains)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Office supplies and equipment (calculators, copiers, fans, fax machines, filing cabinets, plotters, printers) - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>without encryption</t>
     </r>
   </si>
   <si>
     <t>Plumbing supplies for water supply and waste water (brass and pvc, etc. without special linings)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pre-fab modular buildings, structures, membrane tents, and trailers (excludes anything requiring special air or room conditioning, operating under vacuum)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Safety items (belts/harnesses, fire extinguishers, fire hoses, glasses, gloves, shoes, shoe covers) - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>excludes specialized PPE (chem/bio, haz, rad, nuclear)</t>
     </r>
   </si>
   <si>
     <t>Signs, mobile PA units, lab warning systems</t>
   </si>
   <si>
     <t>Storage racks (not related to weapons, plutonium, or uranium storage), empty server racks</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Telephones and Parts - landline </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>without encryption</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>, pagers (one-way)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Workout Equipment - treadmills, ellipticals, weight machines, etc. </t>
   </si>
   <si>
-    <t>High Risk Property Exception List, updated 10/2024</t>
-[...73 lines deleted...]
-    </r>
+    <t>High Risk Property Exception List, updated 06/2025</t>
+  </si>
+  <si>
+    <t>Heavy equipment, cranes, excavators, bobcats, backhoes, forklifts, attachments, etc. (domestic activity only)</t>
+  </si>
+  <si>
+    <t>Pre-fab modular buildings, structures, membrane tents, trailers, conex boxes, freight containers (excludes anything requiring special air or room conditioning, operating under vacuum)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -429,237 +371,102 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...14 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
-[...104 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -907,749 +714,407 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C38"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:C37"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B38" sqref="A1:B38"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="20" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.6328125" style="7" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.26953125" style="1"/>
+    <col min="1" max="1" width="3.5703125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="100.85546875" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.4">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A1" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1" s="11"/>
+    </row>
+    <row r="2" spans="1:3" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="46.5" x14ac:dyDescent="0.3">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="46.5" x14ac:dyDescent="0.3">
+      <c r="A4" s="6">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="4"/>
+    </row>
+    <row r="5" spans="1:3" ht="46.5" x14ac:dyDescent="0.3">
+      <c r="A5" s="6">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A6" s="5">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A7" s="6">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A8" s="6">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A9" s="5">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A10" s="6">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A11" s="6">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A12" s="5">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A13" s="6">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A14" s="6">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A15" s="5">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A16" s="6">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="6">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="5">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="6">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20" s="6">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A21" s="5">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A22" s="6">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A23" s="6">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A24" s="5">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="6">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="6">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="5">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="6">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A29" s="6">
+        <v>27</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A30" s="5">
+        <v>28</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="6">
+        <v>29</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A32" s="5">
         <v>30</v>
       </c>
-      <c r="B1" s="9"/>
-[...3 lines deleted...]
-      <c r="B2" s="11" t="s">
+      <c r="B32" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" ht="31.5" x14ac:dyDescent="0.3">
+      <c r="A33" s="6">
+        <v>31</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A34" s="6">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B34" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A35" s="5">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A36" s="6">
         <v>34</v>
       </c>
-      <c r="B3" s="14" t="s">
+      <c r="B36" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A37" s="6">
         <v>35</v>
       </c>
-      <c r="C3" s="12"/>
-[...30 lines deleted...]
-      <c r="B7" s="3" t="s">
+      <c r="B37" s="3" t="s">
         <v>33</v>
-      </c>
-[...246 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...321 lines deleted...]
-  <drawing r:id="rId1"/>
+  <pageSetup scale="97" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9d638a1-0d24-4093-b3f6-886dcf867c0b" xmlns:ns3="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa570332ceacdbf8f231f96689886c6b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002E82188046324940807FAEE355D40281" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c0547899965ae9c7eec811b48a3a922">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b9d638a1-0d24-4093-b3f6-886dcf867c0b" xmlns:ns3="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a50a3607d8a378922672f42e71ca31c1" ns2:_="" ns3:_="">
     <xsd:import namespace="b9d638a1-0d24-4093-b3f6-886dcf867c0b"/>
     <xsd:import namespace="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b9d638a1-0d24-4093-b3f6-886dcf867c0b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -1668,50 +1133,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cd756549-c3b4-4eb7-b09c-ef91f57cb3ae}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -1811,116 +1281,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b9d638a1-0d24-4093-b3f6-886dcf867c0b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75653E7A-AF1A-4128-A9E3-D3BD34B2CE8B}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C512A28-C2AB-4324-9996-F04F85B44C78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C666F64F-E200-43FE-A581-5C7E771780DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b9d638a1-0d24-4093-b3f6-886dcf867c0b"/>
     <ds:schemaRef ds:uri="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75653E7A-AF1A-4128-A9E3-D3BD34B2CE8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b9d638a1-0d24-4093-b3f6-886dcf867c0b"/>
+    <ds:schemaRef ds:uri="6ac16e3c-abb1-45f2-aeb0-bd4ff429db86"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9902CB9-EB53-4CE0-91DC-788566DC99EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>HRP Exception List</vt:lpstr>
-      <vt:lpstr>List w Pictures</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>ORNL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Calhoun, Anne R.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>